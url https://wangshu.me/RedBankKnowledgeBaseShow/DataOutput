--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
+<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="知识库数据" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="知识库数据" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
@@ -130,51 +130,51 @@
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -510,31 +510,31 @@
       </c>
       <c r="L1" s="1" t="inlineStr">
         <is>
           <t>基金代码</t>
         </is>
       </c>
       <c r="M1" s="1" t="inlineStr">
         <is>
           <t>主基金代码</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...2 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+  <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
+  <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>